--- v0 (2025-10-10)
+++ v1 (2026-03-07)
@@ -1,251 +1,223 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pablo\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jgomez\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CC957558-75A2-4246-8E6E-CD7A36CE1DBD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8F91E162-AEE9-42CC-9F80-F54049F16309}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" xr2:uid="{DE9823DF-C48B-4479-B928-B8ED3A0C4684}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{DE9823DF-C48B-4479-B928-B8ED3A0C4684}"/>
   </bookViews>
   <sheets>
     <sheet name="ESTADO PROCESOS CGN" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
-    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
-[...7 lines deleted...]
-    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="36">
   <si>
     <t>PROCESOS EN CONTRA DE LA CONTADURÍA GENERAL DE LA NACIÓN</t>
   </si>
   <si>
     <t>NÚMERO DE PROCESO</t>
   </si>
   <si>
     <t>DEMANDANTE</t>
   </si>
   <si>
     <t>DESPACHO JUDICIAL</t>
   </si>
   <si>
     <t>TIPO DE PROCESO</t>
   </si>
   <si>
     <t>PRETENSIONES</t>
   </si>
   <si>
-    <t>ESTADO ACTUAL</t>
-[...1 lines deleted...]
-  <si>
     <t>CARMEN PATRICIA APONTE URREGO</t>
   </si>
   <si>
     <t>2019-00560</t>
   </si>
   <si>
     <t>MÓNICA MARGARITA MERLANO BERMÚDEZ</t>
   </si>
   <si>
     <t>2022-00112</t>
   </si>
   <si>
     <t>JORGE ANDRÉS QUINTERO GUEVARA</t>
   </si>
   <si>
     <t>Nulidad y Restablecimiento del Derecho</t>
   </si>
   <si>
     <t>Tribunal Administrativo de Cundinamarca - Sección Segunda</t>
   </si>
   <si>
-    <t>Juzgado 19 Administrativo del Circuito de Bogotá</t>
-[...1 lines deleted...]
-  <si>
     <t>Solicita declarar la nulidad de la Resolución No. 231 de 2021 a través de la cual se declaro su insubsistencia, asimismo, solicita su reintegro</t>
   </si>
   <si>
     <t>INSTANCIA</t>
   </si>
   <si>
-    <t xml:space="preserve">Segunda </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Primera </t>
   </si>
   <si>
     <t>Solicitud de declaración  contrato realidad</t>
   </si>
   <si>
     <t>Solicitud de declaración contrato realidad</t>
   </si>
   <si>
-    <t>2010-00112</t>
-[...29 lines deleted...]
-  <si>
     <t>2018-01833</t>
   </si>
   <si>
     <t>2024-00272</t>
   </si>
   <si>
     <t>YENNY PAOLA MORENO GALVEZ</t>
   </si>
   <si>
     <t>Juzgado 26 Administrativo de Oralidad de Bogotá</t>
   </si>
   <si>
     <t>PRETENSIÓN</t>
   </si>
   <si>
-    <t>25/09/2024. se allegan al Despacho Judicial alegatos de conclusión por parte de la CGN y la parte demandante.</t>
-[...8 lines deleted...]
-    <t>16/09/2024. Al Despacho para decidir impulso procesal interpuesto por la paarte demandante</t>
+    <t>Segunda  (para resolver recurso de decisión tomada en primera instancia)</t>
+  </si>
+  <si>
+    <t>26/05/2025. Envía para el Tribunal Adminsitrativo de Cundinamarca - Sección Segunda para resolver apelación de la sentencia de primera instancia</t>
+  </si>
+  <si>
+    <t>ETAPA PROCESAL  ACTUAL</t>
+  </si>
+  <si>
+    <t>2025-00113</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARIA VICTORIA ROSAS SERRATO </t>
+  </si>
+  <si>
+    <t>Juzgado Treinta y Cuatro Laboral del Circuito de Bogotá</t>
+  </si>
+  <si>
+    <t>Ordinario Laboral</t>
+  </si>
+  <si>
+    <t>15/10/2025 Mediante Auto corrige error aritmético en la  reprogramación de la audiciencia incial programada para el 5 de febrero de 2026</t>
+  </si>
+  <si>
+    <t>23/09/2025 Notificación nuevamente de la admisión demanda. 26/09/2025 Se reitera escrito de excepciones previas y contestación de la demanda por parte de la CGN</t>
+  </si>
+  <si>
+    <t>19/12/2025 Para notificar y/o comunicar:Auto que resuelve apelación de auto, (pendiente notificar)</t>
+  </si>
+  <si>
+    <t>05/09/ 2025 Se realizó audiencia, para recepción de testimonios e interrogatorios de parte decretados dentro del proceso</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Segunda  </t>
+  </si>
+  <si>
+    <t>Tribunal Adminsitrativo de Cundinamarca - Sección Segunda</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;\ #,##0;[Red]\-&quot;$&quot;\ #,##0"/>
   </numFmts>
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -270,160 +242,198 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="11" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="6" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>1228725</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>985520</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>85725</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Imagen 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12A07FA8-F455-DE35-2EA4-6A362CFF2CBC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="2752725" y="0"/>
+          <a:ext cx="7795895" cy="847725"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - Tema de 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -485,51 +495,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -627,258 +637,297 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{382BFB0D-F003-419A-BDCF-D78BE0BA022A}">
-  <dimension ref="C5:J12"/>
+  <dimension ref="C2:J12"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
-      <selection activeCell="H11" sqref="H11"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="G10" sqref="G10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="3" max="3" width="21" customWidth="1"/>
     <col min="4" max="4" width="24.140625" customWidth="1"/>
     <col min="5" max="5" width="19.7109375" customWidth="1"/>
     <col min="6" max="6" width="18.5703125" customWidth="1"/>
     <col min="7" max="7" width="24.140625" customWidth="1"/>
     <col min="8" max="8" width="13" customWidth="1"/>
-    <col min="9" max="9" width="29.28515625" customWidth="1"/>
+    <col min="9" max="9" width="31.140625" customWidth="1"/>
     <col min="10" max="10" width="21.85546875" customWidth="1"/>
     <col min="11" max="11" width="17.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="5" spans="3:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C5" s="13" t="s">
+    <row r="2" spans="3:10" x14ac:dyDescent="0.25">
+      <c r="C2" s="10"/>
+      <c r="D2" s="10"/>
+      <c r="E2" s="10"/>
+      <c r="F2" s="10"/>
+      <c r="G2" s="10"/>
+      <c r="H2" s="10"/>
+      <c r="I2" s="10"/>
+      <c r="J2" s="10"/>
+    </row>
+    <row r="3" spans="3:10" x14ac:dyDescent="0.25">
+      <c r="C3" s="10"/>
+      <c r="D3" s="10"/>
+      <c r="E3" s="10"/>
+      <c r="F3" s="10"/>
+      <c r="G3" s="10"/>
+      <c r="H3" s="10"/>
+      <c r="I3" s="10"/>
+      <c r="J3" s="10"/>
+    </row>
+    <row r="4" spans="3:10" x14ac:dyDescent="0.25">
+      <c r="C4" s="10"/>
+      <c r="D4" s="10"/>
+      <c r="E4" s="10"/>
+      <c r="F4" s="10"/>
+      <c r="G4" s="10"/>
+      <c r="H4" s="10"/>
+      <c r="I4" s="10"/>
+      <c r="J4" s="10"/>
+    </row>
+    <row r="5" spans="3:10" x14ac:dyDescent="0.25">
+      <c r="C5" s="10"/>
+      <c r="D5" s="10"/>
+      <c r="E5" s="10"/>
+      <c r="F5" s="10"/>
+      <c r="G5" s="10"/>
+      <c r="H5" s="10"/>
+      <c r="I5" s="10"/>
+      <c r="J5" s="10"/>
+    </row>
+    <row r="6" spans="3:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C6" s="7" t="s">
         <v>0</v>
       </c>
-      <c r="D5" s="14"/>
-[...8 lines deleted...]
-      <c r="C6" s="6" t="s">
+      <c r="D6" s="8"/>
+      <c r="E6" s="8"/>
+      <c r="F6" s="8"/>
+      <c r="G6" s="8"/>
+      <c r="H6" s="8"/>
+      <c r="I6" s="8"/>
+      <c r="J6" s="9"/>
+    </row>
+    <row r="7" spans="3:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C7" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="D6" s="6" t="s">
+      <c r="D7" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="E6" s="6" t="s">
+      <c r="E7" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="F6" s="6" t="s">
+      <c r="F7" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="G6" s="6" t="s">
+      <c r="G7" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="H6" s="6" t="s">
+      <c r="H7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="8" spans="3:10" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C8" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="I6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="J6" s="6" t="s">
+      <c r="H8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I8" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J8" s="6">
+        <v>219187015</v>
+      </c>
+    </row>
+    <row r="9" spans="3:10" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C9" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H9" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="J9" s="6">
+        <v>609769426</v>
+      </c>
+    </row>
+    <row r="10" spans="3:10" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C10" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H10" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J10" s="6">
+        <v>42991393</v>
+      </c>
+    </row>
+    <row r="11" spans="3:10" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C11" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H11" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="J11" s="6">
+        <v>40033600</v>
+      </c>
+    </row>
+    <row r="12" spans="3:10" ht="90" x14ac:dyDescent="0.25">
+      <c r="C12" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F12" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H12" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="I12" s="3" t="s">
         <v>31</v>
       </c>
-    </row>
-[...131 lines deleted...]
-      <c r="D12" s="1"/>
+      <c r="J12" s="6">
+        <v>253379191</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="1">
-    <mergeCell ref="C5:J5"/>
+  <mergeCells count="2">
+    <mergeCell ref="C6:J6"/>
+    <mergeCell ref="C2:J5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="80" orientation="landscape" verticalDpi="0" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ESTADO PROCESOS CGN</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>