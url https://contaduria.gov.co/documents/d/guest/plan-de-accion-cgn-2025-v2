--- v0 (2025-10-10)
+++ v1 (2025-11-03)
@@ -1,81 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uaecgn-my.sharepoint.com/personal/onino_contaduria_gov_co/Documents/ONINO/2025/Plan de Acción/Modiicaciones a la planeación institucional/Documentos ajustados/Documentos oficiales/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\BACKUP\2025\Centralización de la Información 20225\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="8" documentId="13_ncr:1_{4B88FAD6-8C4C-4E35-930B-F5EB727FDBDB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EF40BFF9-3D5E-46A5-A7E8-A0B82D85B191}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{452FE066-CE8C-4266-9D83-C11BF1CEB37D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" tabRatio="667" xr2:uid="{A88E556B-72CA-4022-B741-8C6C8D17CF82}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="667" xr2:uid="{A88E556B-72CA-4022-B741-8C6C8D17CF82}"/>
   </bookViews>
   <sheets>
     <sheet name="Plan de Acción 2025" sheetId="1" r:id="rId1"/>
     <sheet name="Control de Cambios" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Plan de Acción 2025'!$A$1:$R$81</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
-    </ext>
-[...9 lines deleted...]
-      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1126" uniqueCount="595">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Proceso Responsable</t>
   </si>
   <si>
     <t>Actividad</t>
   </si>
   <si>
     <t>Resultado esperado</t>
   </si>
   <si>
     <t>Objetivo estratégico asociado</t>
   </si>
   <si>
     <t>Indicador</t>
   </si>
@@ -1551,377 +1540,377 @@
   <si>
     <t xml:space="preserve">Instrumento de perfilamiento desarrollado   </t>
   </si>
   <si>
     <t>Plantilla Seguimiento Refrendación Eficiencia Administrativa</t>
   </si>
   <si>
     <t>Repositorio Pathfinder, cronograma de Publicación y autorización de categorias, Hoja de parametrización CEN08 FOR 02, y correo electrónico</t>
   </si>
   <si>
     <t>Contenidos programados  de la página web del CHIP/Contenidos actualizados  de la página web del CHIP</t>
   </si>
   <si>
     <t>Perfilamiento de ECP y focalización estratégica (Esquema de perfilamiento)</t>
   </si>
   <si>
     <t>Documento, presentaciones ppt  y Grabaciones</t>
   </si>
   <si>
     <t>No. de Categorias de Información publicadas y autorizadas a cargo de la Subcontaduría de Centralización de la Información</t>
   </si>
   <si>
     <t>Brindar asesoría y asistencia funcional y técnica aEntidades Administradoras de Categoria.</t>
   </si>
   <si>
+    <t>Porcentaje de Cumplimiento</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+11. Fortalecer las herramientas tecnológicas para la armonización e integración de Contabilidad Pública con los demás subsistemas de la Gestión Financiera Pública.</t>
+  </si>
+  <si>
+    <t>Apoyo funcional a entidades Administradoras de Categorias en la parametrización de información en el sistema chip, según las competencias de la CGN</t>
+  </si>
+  <si>
+    <t>N° de requerimientos atendidos/N° de requerimientos solicitados por Entidades Administradoras de Categorias</t>
+  </si>
+  <si>
+    <t>GTIs-14-2025</t>
+  </si>
+  <si>
+    <t>Mejorar Página Web BDME</t>
+  </si>
+  <si>
+    <t>Actividades ejecutadas / Actividades programadas</t>
+  </si>
+  <si>
+    <t>GTIs-15-2025</t>
+  </si>
+  <si>
+    <t>Se elimina actividad del Plan de Acción 2025, se recogerá en otra actividad</t>
+  </si>
+  <si>
+    <t>Esta necesidad nace en 2022, sin embargo, hace parte integral del Proyecto Chip 2.0, modulo web entidades</t>
+  </si>
+  <si>
+    <t>Se  ajusta el nombre del inidicador para reflejar de mejora manera la medición a realizar</t>
+  </si>
+  <si>
+    <t>Se integra en la evolucion del sistema chip como parte del proceso de analitica de datos.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Se integra a la evolucion del sistema chip para la elaboracion de documentación de  aplicaciones, sensibilización, capacitación y transferencia, gestión de cambio cultural y piezas comunicativas. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pagina Web implementada  </t>
+  </si>
+  <si>
+    <t>Mejorar la calidad de datos- SEI</t>
+  </si>
+  <si>
+    <t>Número de actividades implementadas / número de actividades planeadas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Se crea esta actividad </t>
+  </si>
+  <si>
+    <t>La actividad corresponde a las mejoras en la calidad de datos del SEI.</t>
+  </si>
+  <si>
+    <t>La actividad corresponde al desarrollo y configuración para mejorar la página web del BDME, con el fin de mejorar la experiencia de los usuarios, optimizar la administración de contenidos y garantizar una mayor eficiencia en la difusión de la información.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gestionar una herramienta informática para la gestión de los sistemas del Sistema Integrado de Gestión Institucional. </t>
+  </si>
+  <si>
+    <t>La actividad fue gestionada con el propósito de evaluar la viabilidad de suscribir un convenio con el Ministerio de Comercio. Se prevé que el convenio quede formalizado en 2025 y que su implementación se realice en 2026. Por lo cual se solicita amplió en el PEI y se refleja el 10% correspondiente al plan de acción 2025 en un 10% de avance para el último cuatrimestre.</t>
+  </si>
+  <si>
+    <t>Se modificó para corresponder con los ajustes del PEI, para 2025 se espera un avance de 10%</t>
+  </si>
+  <si>
+    <t>Se ajusta el nombre de la actividad de "Renovación tecnológica de la plataforma misional" a  "Renovación tecnologica de la plataforma de los servicios de TI"</t>
+  </si>
+  <si>
+    <t>Esta actividad hace parte del proceso de transformación integral de los servicios de TI, abarcando tanto los componentes de gestión como los estratégicos, con el propósito de contar con una infraestructura tecnológica adecuada que respalde de forma eficiente la operación y evolución de dichos servicios.</t>
+  </si>
+  <si>
+    <t>Se requiere ajustar la meta anual dado que los recursos finalmente aprobados para el proyecto de inversión se disminuyeron, lo cual implico una reducción en la meta del proyecto de inversión.
+Adicionalmente, se requiere ajustar la meta trimestral dado que los proyectos de regulación requieren estudios y contrastaciones durante el año a fin de poder realizar su expedición en el último trimestre de 2025.</t>
+  </si>
+  <si>
+    <t>Se modifica la meta de normas expedidas de 12 a 11 y se reprograma a lo largo del año</t>
+  </si>
+  <si>
+    <t>Se ajusta la meta de personas capacitadas de 11691 a 9908</t>
+  </si>
+  <si>
+    <t>La meta inicial de 11.691 personas capacitadas para el año 2025 fue proyectada con base en el comportamiento del año anterior, en el que se superó ampliamente la meta establecida. No obstante, tras un seguimiento detallado a la ejecución del Plan Nacional de Capacitación Institucional 2025, se identificó la necesidad de ajustarla a 9.908 personas. Este ajuste responde, principalmente, a que el desarrollo de los tres nuevos cursos virtuales ha requerido más tiempo del previsto, debido a una transformación estructural: pasar de un único módulo previo a tres cursos independientes. Este proceso implica la revisión y reestructuración de contenidos, el ajuste de guiones, el diseño instruccional y la grabación, actividades que aún se encuentran en ejecución.  Adicionalmente, se ajustó la meta de las capacitaciones virtuales con enfoque regional con base en la ejecución de 2024. En consecuencia, el ajuste refleja una proyección más realista y alineada con la capacidad operativa actual.</t>
+  </si>
+  <si>
+    <t>El ingeniero que apoyaba las actividades dentro del GIT de Doctrina y Capacitación no continuó en 2025, lo que motivo el ajuste del cronograma mientras el equipo del GIT de Apoyo Informático brindaba el soporte necesario y se adelantaba el proceso de contratación de un nuevo ingeniero.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Se solicita la redistribución de la meta a lo largo de la vigencia manteniendo la meta anual  </t>
+  </si>
+  <si>
+    <t>Se ajusta el tipo de inidcador de eficiencia a eficacia; adicionalmente se redistribuye la meta entre los trimestres de la vigencia sin afectar la meta total.</t>
+  </si>
+  <si>
+    <t>Si bien se han adelantando las actividades programadas en el  plan de trabajo, se solicita ajustar la programación trimestral en el entendido que, para la implementación del MOREQ se requiere la adquisición, parametrización y entrada en operación del  SGDEA, actividad que se culmina en el último trimestre.</t>
+  </si>
+  <si>
+    <t>Se traslada la meta de la vigencia para el tercer  y cuarto trimestre de la vigencia manteniendo la meta anual.</t>
+  </si>
+  <si>
+    <t>Si bien se han adelantado acciones, se hace necesario replantear el cumplimiento de la meta en el tercero y cuarto periodo de a cuerdo con el análisis de la capacidad instalada y el avance en el cumplimiento del indicador</t>
+  </si>
+  <si>
+    <t>Se redistribuye la meta entre los trimestres restantes sin afectar la meta anual</t>
+  </si>
+  <si>
+    <t>Si bien se han adelantando las actividades programadas en el  PINAR para el 2025, se solicita ajustar la programación trimestral, en el entendido  que los resultados de la implementación de instrumentos archivísticos se verán reflejados en los dos últimos periodos.</t>
+  </si>
+  <si>
+    <t>GFI-1-2025 / GAD-4-2025</t>
+  </si>
+  <si>
+    <t>GAD-4-2025</t>
+  </si>
+  <si>
+    <t>Se modifica la actividad para que corresponda al proceso de Gestión Administrativa y no al de Gestión de Recursos Físicos</t>
+  </si>
+  <si>
+    <t>Después de un análisis sobre la actividad se evidenció la necesidad de ajustar su responsabilidad de reporte en el marco del plan de acción toda vez que corresponde al proceso de gestión administrativa.</t>
+  </si>
+  <si>
+    <t>GFI-2-2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gestionar la ejecución presupuestal </t>
+  </si>
+  <si>
+    <t>Porcentaje de ejecución presupuestal</t>
+  </si>
+  <si>
+    <t>Se elimina la actividad del plan de acción 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Se propone eliminar la actividad, considerando que la evaluación de la calidad de las auditorías Internas de Gestión no refleja la gestión del GIT de Control Interno, sino solo la enfoca en uno de los roles “Evaluación y Seguimiento”; el cambio busca proponer otras acciones que permitan visibilizar el fortalecimiento del sistema de control interno, a través de las recomendaciones y oportunidades de mejora efectuadas por Control interno en el marco de la ejecución de los 5 roles establecidos en el Decreto 648 de 2017. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Se modifica la actividad de "Realizar informes de Ley y otros informes" a  "Incluir recomendaciones estratégicas, con  análisis de riesgos o  alertas de valor en los informes emitidos por el GIT." </t>
+  </si>
+  <si>
+    <t>El ajuste busca que el GIT de Control Interno aporte un mayor valor estratégico a la entidad, a través de la elaboración de informes más integrales y útiles para la toma de decisiones. La nueva actividad permite no solo cumplir con la entrega de productos informativos, sino también generar análisis que integran riesgos, compromisos institucionales, alertas tempranas y oportunidades de mejora. De esta manera, se fortalece el enfoque preventivo y se contribuye de forma más efectiva al mejoramiento continuo del Sistema de Control Interno, facilitando que la alta dirección cuente con información clave, oportuna y con mayor profundidad técnica para orientar sus decisiones.</t>
+  </si>
+  <si>
+    <t>Incluir recomendaciones estratégicas, con  análisis de riesgos o  alertas de valor en los informes emitidos por el GIT.</t>
+  </si>
+  <si>
+    <t>Porcentaje de informes estratégicos elaborados conforme a programación anual</t>
+  </si>
+  <si>
+    <t>Número de informes que contengan recomendaciones estratégicas, con  análisis de riesgos o  alertas de valor en los informes emitidos por el GIT. / número de informes programados para el trimestre</t>
+  </si>
+  <si>
+    <t>NR-2-2025</t>
+  </si>
+  <si>
+    <t>NR-3-2025</t>
+  </si>
+  <si>
+    <t>Proyectar regulación contable que atienda a los estándares internacionales y a las necesidades del contexto del sector público colombiano</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Expedición de normas contables </t>
+  </si>
+  <si>
+    <t>Incluir la perspectiva de sostenibilidad social y medioambiental en la regulación contable pública.</t>
+  </si>
+  <si>
+    <t>Expedición de normas o generación de documentos que incorporen aspectos de sostenibilidad social y medioambiental</t>
+  </si>
+  <si>
+    <t>Mantener y fortalecer la calidad de la regulación contable pública</t>
+  </si>
+  <si>
+    <t>Conceptos o normas que no requieren ser modificadas por inconsistencia técnica</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Base de datos Vacantes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Manuales de funciones actualizados /manuales de funciones de la entidad </t>
+  </si>
+  <si>
+    <t>Se modifica la programación de uno de los documentos que sustentan la participación en la politica de gestión estadistica</t>
+  </si>
+  <si>
+    <t>En el Comité de Gestión y Desempeño del mes de abril del presente año, realizado el día 30 de mayo del 2025, se decidió ajustar la fecha de entrega de la Política de Gestión Estadística a cargo de la Subcontaduria de Consolidación de la Información  para el mes de julio, por lo que se ajusta para el tercer trimestre en el marco del Plan de Acción Institucional</t>
+  </si>
+  <si>
+    <t>Metodología Implementada</t>
+  </si>
+  <si>
+    <t>De conformidad con la programación de los estudios técnicos a desarrollar en el cuatrienio, no se adelantarán nuevos estudios en la vigencia 2025, por lo que no se medirá la actividad</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Se cambia indicador de “Porcentaje de lineamientos de la guía de gestión del riesgo v6 implementados en la CGN” a “Metodología Implementada” y se redistribuye la meta de acuerdo con la programación </t>
+  </si>
+  <si>
+    <t>Durante el primer trimestre de la vigencia se vinculó a la contratista encargada de esta gestión, por otro lado, el indicador se ajusta para reflejar el compromiso de la implementación de esta metodología</t>
+  </si>
+  <si>
+    <t>Se modifica la actividad de "Formular e Implementar el Plan de Gestión del conocimiento 2025 de la CGN" a "Ejecutar las actividades programadas para el 2025 en el anexo 2 de la  guía de implementación y seguimiento de la política de Gestión del Conocimiento de la CGN para el cierre de brechas"</t>
+  </si>
+  <si>
+    <t>Teniendo en cuenta la formulación de la guía de de implementación y seguimiento a la política, se ajusta la actividad para que responda al plan de cierre de brechas que se integra en el anexo 2</t>
+  </si>
+  <si>
+    <t>Se modifica el resultado esperado de " Mantener la certificación de las normas ISO generando impacto positivo en la imagen institucional y en la calidad de sus procesos." a " Mantener la certificación de las normas ISO generando impacto positivo en la imagen institucional y en la calidad de sus procesos, productos y servicios." y la fórmula de medición a "Número de sistemas que cuentan con certificación activa"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Se modifica la redacción del resultado esperado y la fórmula de medición para reflejar de manera más precisa la medición que se realiza </t>
+  </si>
+  <si>
+    <t xml:space="preserve">se modifica la redacción de la actividad de "Asesorar la formulación y hacer seguimiento al cumplimiento de las metas y ejecución presupuestal de los proyectos de inversión" a "Hacer seguimiento al cumplimiento de las metas y ejecución presupuestal de los proyectos de inversión"; y se modifica la la programación de las metas para responder a la realización de los tableros de control. </t>
+  </si>
+  <si>
+    <t>El indicador previo “Número de asesorías realizadas/ Número de asesorías  requeridas o solicitadas” no reflejaba el seguimiento que se viene adelantando a través de los tableros de control emitidos por el GIT de Planeación</t>
+  </si>
+  <si>
+    <t>PL-8-2025</t>
+  </si>
+  <si>
+    <t>PL-9-2025</t>
+  </si>
+  <si>
+    <t>PL-10-2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Se crea la actividad </t>
+  </si>
+  <si>
+    <t>La implementación de la política de Gestión del Conocimiento fue priorizada por el Comité Institucional de Gestión y Desempeño, por lo que se decidió incluir la actividad en el marco del Plan de Acción</t>
+  </si>
+  <si>
+    <t>En virtud de lo establecido en el Decreto 1122 de 2024 las entidades públicas del orden nacional deben formular el componente del programa a más tardar en agosto de 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Durante la vigencia se ha venido trabajando en la metodología, se emitieron documentos y sostuvieron sesiones de trabajo con procesos por lo que se decide incluirse en el plan de acción teniendo en cuenta los avances que se han presentado en esta actividad y su importancia en la implementación del MIPG en la entidad. </t>
+  </si>
+  <si>
+    <t>Formular y aprobar el componente transversal del  Programa de Transparencia y Ética Pública</t>
+  </si>
+  <si>
+    <t>Componente transversal del Programa formulado y aprobado</t>
+  </si>
+  <si>
+    <t>Acta del CIGD con la aprobación del componente transversal del PTEP</t>
+  </si>
+  <si>
+    <t>Porcentaje de implementación de lineamientos</t>
+  </si>
+  <si>
+    <t>Etapas ejecutadas / Etapas programadas</t>
+  </si>
+  <si>
+    <t>Renovación tecnologica de la plataforma de los servicios de TI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Componentes de infraestructura tecnológica renovados. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Componentes tecnológicos renovados </t>
+  </si>
+  <si>
+    <t>Componentes tecnológicos renovados / Componentes tecnológicos vigentes</t>
+  </si>
+  <si>
+    <t>Funcionalidades implementadas en las aplicaciones</t>
+  </si>
+  <si>
+    <t>Aplicaciones mejoradas</t>
+  </si>
+  <si>
+    <t>Necesidades funcionales de los procesos</t>
+  </si>
+  <si>
+    <t>Número de aplicaciones actualizadas / Número de aplicaciones planeadas</t>
+  </si>
+  <si>
+    <t>Estado de la Política de Gobierno Digital</t>
+  </si>
+  <si>
+    <t>Página Web BDME Mejorada</t>
+  </si>
+  <si>
+    <t>Aplicación SEI mejorada</t>
+  </si>
+  <si>
+    <t>Ejecución presupuestal eficiente</t>
+  </si>
+  <si>
+    <t>Reportes SIIF</t>
+  </si>
+  <si>
+    <t>Compromisos/Apropiación disponible</t>
+  </si>
+  <si>
+    <t>Se crea esta actividad con el objetivo de medir la ejecución presupuestal de la entidad, la cual resulta ser un dato de especial relevancia al momento de rendir cuentas a la ciudadanía y entes de control</t>
+  </si>
+  <si>
+    <t>Cualificar servidores públicos responsables de la información financiera y ciudadanía (Externo)</t>
+  </si>
+  <si>
+    <t>Gestionar información y comunicación externa</t>
+  </si>
+  <si>
+    <t>Gestionar información y comunicación interna</t>
+  </si>
+  <si>
+    <t>Esta actividad es esencial para el funcionamiento continuo, seguro y eficiente de los servicios de TI que soportan la operación de la CGN</t>
+  </si>
+  <si>
+    <t>Proceso de Gestión Administrativa</t>
+  </si>
+  <si>
+    <t>Base de datis de cintrol de conceptos jurídicos</t>
+  </si>
+  <si>
+    <t>Documentación interna que soporta las actuaciones</t>
+  </si>
+  <si>
+    <t>Entregables entregados / Total de entregables planificados para el periodo según cronograma de trabajo</t>
+  </si>
+  <si>
     <t>Registro de Asistencia
 Ayudas de memoria
 Correo Electrónico
-CEN07FOR01</t>
-[...322 lines deleted...]
-    <t>Entregables entregados / Total de entregables planificados para el periodo según cronograma de trabajo</t>
+CEN 21 FOR 01 Solicitud de entidades administradoras de categorías</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -2665,51 +2654,51 @@
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CD30F8E4-40D6-4947-9B15-79508EA993A5}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="A1:R81"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="J1" sqref="J1"/>
-      <selection pane="bottomLeft" sqref="A1:XFD1"/>
+      <selection pane="bottomLeft" activeCell="H10" sqref="H10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="24.75" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="17.6640625" customWidth="1"/>
     <col min="2" max="2" width="35" style="16" customWidth="1"/>
     <col min="3" max="3" width="29.6640625" style="18" customWidth="1"/>
     <col min="4" max="4" width="27.88671875" style="3" customWidth="1"/>
     <col min="5" max="5" width="29" style="2" customWidth="1"/>
     <col min="6" max="6" width="25.5546875" customWidth="1"/>
     <col min="7" max="7" width="15.5546875" customWidth="1"/>
     <col min="8" max="8" width="29" customWidth="1"/>
     <col min="9" max="9" width="46.6640625" customWidth="1"/>
     <col min="10" max="10" width="13.6640625" customWidth="1"/>
     <col min="11" max="11" width="11.44140625" customWidth="1"/>
     <col min="12" max="12" width="16.6640625" customWidth="1"/>
     <col min="13" max="18" width="12.5546875" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="25" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="25" t="s">
         <v>1</v>
@@ -3203,63 +3192,63 @@
       </c>
       <c r="P9" s="15">
         <v>4</v>
       </c>
       <c r="Q9" s="15">
         <v>4</v>
       </c>
       <c r="R9" s="15">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="28" t="s">
         <v>256</v>
       </c>
       <c r="B10" s="28" t="s">
         <v>204</v>
       </c>
       <c r="C10" s="28" t="s">
         <v>486</v>
       </c>
       <c r="D10" s="28" t="s">
         <v>257</v>
       </c>
       <c r="E10" s="28" t="s">
+        <v>488</v>
+      </c>
+      <c r="F10" s="28" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
       <c r="G10" s="28" t="s">
         <v>42</v>
       </c>
       <c r="H10" s="28" t="s">
-        <v>487</v>
+        <v>594</v>
       </c>
       <c r="I10" s="28" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="J10" s="28" t="s">
         <v>45</v>
       </c>
       <c r="K10" s="28" t="s">
         <v>85</v>
       </c>
       <c r="L10" s="28" t="s">
         <v>128</v>
       </c>
       <c r="M10" s="7">
         <v>0</v>
       </c>
       <c r="N10" s="6">
         <v>1</v>
       </c>
       <c r="O10" s="6">
         <v>1</v>
       </c>
       <c r="P10" s="6">
         <v>1</v>
       </c>
       <c r="Q10" s="6">
         <v>1</v>
       </c>
@@ -3439,57 +3428,57 @@
       <c r="A14" s="27" t="s">
         <v>278</v>
       </c>
       <c r="B14" s="28" t="s">
         <v>204</v>
       </c>
       <c r="C14" s="28" t="s">
         <v>279</v>
       </c>
       <c r="D14" s="28" t="s">
         <v>280</v>
       </c>
       <c r="E14" s="28" t="s">
         <v>146</v>
       </c>
       <c r="F14" s="28" t="s">
         <v>281</v>
       </c>
       <c r="G14" s="28" t="s">
         <v>42</v>
       </c>
       <c r="H14" s="28" t="s">
         <v>282</v>
       </c>
       <c r="I14" s="28" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="J14" s="28" t="s">
         <v>45</v>
       </c>
       <c r="K14" s="28" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="L14" s="28" t="s">
         <v>128</v>
       </c>
       <c r="M14" s="7">
         <v>0</v>
       </c>
       <c r="N14" s="6">
         <v>1</v>
       </c>
       <c r="O14" s="6">
         <v>0</v>
       </c>
       <c r="P14" s="6">
         <v>0.45</v>
       </c>
       <c r="Q14" s="6">
         <v>0.28000000000000003</v>
       </c>
       <c r="R14" s="6">
         <v>0.27</v>
       </c>
     </row>
     <row r="15" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="27" t="s">
@@ -3589,51 +3578,51 @@
       </c>
       <c r="N16" s="12">
         <v>1</v>
       </c>
       <c r="O16" s="7">
         <v>0</v>
       </c>
       <c r="P16" s="7">
         <v>0</v>
       </c>
       <c r="Q16" s="7">
         <v>0</v>
       </c>
       <c r="R16" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="26" t="s">
         <v>414</v>
       </c>
       <c r="B17" s="28" t="s">
         <v>397</v>
       </c>
       <c r="C17" s="33" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="D17" s="28" t="s">
         <v>398</v>
       </c>
       <c r="E17" s="28" t="s">
         <v>266</v>
       </c>
       <c r="F17" s="28" t="s">
         <v>399</v>
       </c>
       <c r="G17" s="28" t="s">
         <v>58</v>
       </c>
       <c r="H17" s="28" t="s">
         <v>400</v>
       </c>
       <c r="I17" s="28" t="s">
         <v>401</v>
       </c>
       <c r="J17" s="28" t="s">
         <v>45</v>
       </c>
       <c r="K17" s="28" t="s">
         <v>85</v>
       </c>
@@ -3645,51 +3634,51 @@
       </c>
       <c r="N17" s="6">
         <v>1</v>
       </c>
       <c r="O17" s="6">
         <v>1</v>
       </c>
       <c r="P17" s="6">
         <v>1</v>
       </c>
       <c r="Q17" s="6">
         <v>1</v>
       </c>
       <c r="R17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="26" t="s">
         <v>415</v>
       </c>
       <c r="B18" s="28" t="s">
         <v>397</v>
       </c>
       <c r="C18" s="33" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="D18" s="28" t="s">
         <v>403</v>
       </c>
       <c r="E18" s="28" t="s">
         <v>65</v>
       </c>
       <c r="F18" s="28" t="s">
         <v>404</v>
       </c>
       <c r="G18" s="28" t="s">
         <v>58</v>
       </c>
       <c r="H18" s="28" t="s">
         <v>59</v>
       </c>
       <c r="I18" s="28" t="s">
         <v>405</v>
       </c>
       <c r="J18" s="28" t="s">
         <v>45</v>
       </c>
       <c r="K18" s="28" t="s">
         <v>85</v>
       </c>
@@ -3701,51 +3690,51 @@
       </c>
       <c r="N18" s="6">
         <v>1</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>37</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>37</v>
       </c>
       <c r="Q18" s="6">
         <v>1</v>
       </c>
       <c r="R18" s="6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="26" t="s">
         <v>416</v>
       </c>
       <c r="B19" s="28" t="s">
         <v>397</v>
       </c>
       <c r="C19" s="33" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="D19" s="28" t="s">
         <v>403</v>
       </c>
       <c r="E19" s="28" t="s">
         <v>65</v>
       </c>
       <c r="F19" s="28" t="s">
         <v>406</v>
       </c>
       <c r="G19" s="28" t="s">
         <v>58</v>
       </c>
       <c r="H19" s="28" t="s">
         <v>400</v>
       </c>
       <c r="I19" s="28" t="s">
         <v>422</v>
       </c>
       <c r="J19" s="28" t="s">
         <v>45</v>
       </c>
       <c r="K19" s="28" t="s">
         <v>85</v>
       </c>
@@ -4541,69 +4530,69 @@
       </c>
       <c r="N33" s="7">
         <v>1</v>
       </c>
       <c r="O33" s="7">
         <v>0</v>
       </c>
       <c r="P33" s="7">
         <v>0</v>
       </c>
       <c r="Q33" s="7">
         <v>0</v>
       </c>
       <c r="R33" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="27" t="s">
         <v>413</v>
       </c>
       <c r="B34" s="28" t="s">
         <v>394</v>
       </c>
       <c r="C34" s="28" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="D34" s="28" t="s">
         <v>395</v>
       </c>
       <c r="E34" s="28" t="s">
         <v>142</v>
       </c>
       <c r="F34" s="28" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="G34" s="28" t="s">
         <v>42</v>
       </c>
       <c r="H34" s="28" t="s">
         <v>396</v>
       </c>
       <c r="I34" s="28" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="J34" s="28" t="s">
         <v>45</v>
       </c>
       <c r="K34" s="28" t="s">
         <v>85</v>
       </c>
       <c r="L34" s="28" t="s">
         <v>128</v>
       </c>
       <c r="M34" s="6">
         <v>1</v>
       </c>
       <c r="N34" s="6">
         <v>1</v>
       </c>
       <c r="O34" s="6">
         <v>1</v>
       </c>
       <c r="P34" s="6">
         <v>1</v>
       </c>
       <c r="Q34" s="6">
         <v>1</v>
       </c>
@@ -4759,131 +4748,131 @@
       </c>
       <c r="L37" s="28" t="s">
         <v>105</v>
       </c>
       <c r="M37" s="10">
         <v>0.3</v>
       </c>
       <c r="N37" s="6">
         <v>0.4</v>
       </c>
       <c r="O37" s="6" t="s">
         <v>37</v>
       </c>
       <c r="P37" s="6">
         <v>0.1</v>
       </c>
       <c r="Q37" s="6">
         <v>0.1</v>
       </c>
       <c r="R37" s="6">
         <v>0.2</v>
       </c>
     </row>
     <row r="38" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="27" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="B38" s="28" t="s">
         <v>284</v>
       </c>
       <c r="C38" s="28" t="s">
         <v>299</v>
       </c>
       <c r="D38" s="28" t="s">
         <v>98</v>
       </c>
       <c r="E38" s="28" t="s">
         <v>142</v>
       </c>
       <c r="F38" s="28" t="s">
         <v>300</v>
       </c>
       <c r="G38" s="28" t="s">
         <v>42</v>
       </c>
       <c r="H38" s="28" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="I38" s="28" t="s">
         <v>102</v>
       </c>
       <c r="J38" s="28" t="s">
         <v>103</v>
       </c>
       <c r="K38" s="28" t="s">
         <v>104</v>
       </c>
       <c r="L38" s="28" t="s">
         <v>105</v>
       </c>
       <c r="M38" s="6">
         <v>1</v>
       </c>
       <c r="N38" s="6">
         <v>1</v>
       </c>
       <c r="O38" s="6">
         <v>1</v>
       </c>
       <c r="P38" s="6">
         <v>1</v>
       </c>
       <c r="Q38" s="6">
         <v>1</v>
       </c>
       <c r="R38" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="27" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="B39" s="28" t="s">
         <v>298</v>
       </c>
       <c r="C39" s="28" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="D39" s="28" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="E39" s="28" t="s">
         <v>142</v>
       </c>
       <c r="F39" s="28" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="G39" s="28" t="s">
         <v>72</v>
       </c>
       <c r="H39" s="28" t="s">
+        <v>583</v>
+      </c>
+      <c r="I39" s="28" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
       <c r="J39" s="28" t="s">
         <v>26</v>
       </c>
       <c r="K39" s="28" t="s">
         <v>85</v>
       </c>
       <c r="L39" s="28" t="s">
         <v>105</v>
       </c>
       <c r="M39" s="6">
         <v>1</v>
       </c>
       <c r="N39" s="6">
         <v>1</v>
       </c>
       <c r="O39" s="6">
         <v>0.4</v>
       </c>
       <c r="P39" s="6">
         <v>0.1</v>
       </c>
       <c r="Q39" s="6">
         <v>0.2</v>
       </c>
@@ -4892,51 +4881,51 @@
       </c>
     </row>
     <row r="40" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="26" t="s">
         <v>95</v>
       </c>
       <c r="B40" s="28" t="s">
         <v>96</v>
       </c>
       <c r="C40" s="28" t="s">
         <v>97</v>
       </c>
       <c r="D40" s="28" t="s">
         <v>98</v>
       </c>
       <c r="E40" s="28" t="s">
         <v>99</v>
       </c>
       <c r="F40" s="28" t="s">
         <v>100</v>
       </c>
       <c r="G40" s="28" t="s">
         <v>42</v>
       </c>
       <c r="H40" s="28" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="I40" s="28" t="s">
         <v>102</v>
       </c>
       <c r="J40" s="28" t="s">
         <v>103</v>
       </c>
       <c r="K40" s="28" t="s">
         <v>104</v>
       </c>
       <c r="L40" s="28" t="s">
         <v>105</v>
       </c>
       <c r="M40" s="10">
         <v>1</v>
       </c>
       <c r="N40" s="10">
         <v>1</v>
       </c>
       <c r="O40" s="10">
         <v>1</v>
       </c>
       <c r="P40" s="10">
         <v>1</v>
       </c>
@@ -5287,51 +5276,51 @@
       <c r="A47" s="26" t="s">
         <v>129</v>
       </c>
       <c r="B47" s="28" t="s">
         <v>122</v>
       </c>
       <c r="C47" s="34" t="s">
         <v>130</v>
       </c>
       <c r="D47" s="34" t="s">
         <v>131</v>
       </c>
       <c r="E47" s="28" t="s">
         <v>99</v>
       </c>
       <c r="F47" s="34" t="s">
         <v>132</v>
       </c>
       <c r="G47" s="28" t="s">
         <v>42</v>
       </c>
       <c r="H47" s="28" t="s">
         <v>133</v>
       </c>
       <c r="I47" s="34" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="J47" s="28" t="s">
         <v>45</v>
       </c>
       <c r="K47" s="28" t="s">
         <v>134</v>
       </c>
       <c r="L47" s="28" t="s">
         <v>128</v>
       </c>
       <c r="M47" s="7">
         <v>0</v>
       </c>
       <c r="N47" s="10">
         <v>1</v>
       </c>
       <c r="O47" s="10">
         <v>1</v>
       </c>
       <c r="P47" s="7" t="s">
         <v>135</v>
       </c>
       <c r="Q47" s="7" t="s">
         <v>37</v>
       </c>
@@ -5340,51 +5329,51 @@
       </c>
     </row>
     <row r="48" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="26" t="s">
         <v>377</v>
       </c>
       <c r="B48" s="28" t="s">
         <v>182</v>
       </c>
       <c r="C48" s="28" t="s">
         <v>183</v>
       </c>
       <c r="D48" s="28" t="s">
         <v>184</v>
       </c>
       <c r="E48" s="28" t="s">
         <v>21</v>
       </c>
       <c r="F48" s="28" t="s">
         <v>185</v>
       </c>
       <c r="G48" s="28" t="s">
         <v>72</v>
       </c>
       <c r="H48" s="28" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="I48" s="28" t="s">
         <v>186</v>
       </c>
       <c r="J48" s="28" t="s">
         <v>26</v>
       </c>
       <c r="K48" s="28" t="s">
         <v>187</v>
       </c>
       <c r="L48" s="28" t="s">
         <v>188</v>
       </c>
       <c r="M48" s="7">
         <v>1</v>
       </c>
       <c r="N48" s="6">
         <v>1</v>
       </c>
       <c r="O48" s="6">
         <v>1</v>
       </c>
       <c r="P48" s="6">
         <v>1</v>
       </c>
@@ -5396,51 +5385,51 @@
       </c>
     </row>
     <row r="49" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="26" t="s">
         <v>378</v>
       </c>
       <c r="B49" s="28" t="s">
         <v>182</v>
       </c>
       <c r="C49" s="28" t="s">
         <v>189</v>
       </c>
       <c r="D49" s="28" t="s">
         <v>190</v>
       </c>
       <c r="E49" s="28" t="s">
         <v>21</v>
       </c>
       <c r="F49" s="28" t="s">
         <v>191</v>
       </c>
       <c r="G49" s="28" t="s">
         <v>72</v>
       </c>
       <c r="H49" s="28" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="I49" s="28" t="s">
         <v>430</v>
       </c>
       <c r="J49" s="28" t="s">
         <v>26</v>
       </c>
       <c r="K49" s="28" t="s">
         <v>192</v>
       </c>
       <c r="L49" s="28" t="s">
         <v>188</v>
       </c>
       <c r="M49" s="7">
         <v>1</v>
       </c>
       <c r="N49" s="6">
         <v>1</v>
       </c>
       <c r="O49" s="6">
         <v>1</v>
       </c>
       <c r="P49" s="6">
         <v>1</v>
       </c>
@@ -5452,51 +5441,51 @@
       </c>
     </row>
     <row r="50" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="26" t="s">
         <v>379</v>
       </c>
       <c r="B50" s="28" t="s">
         <v>182</v>
       </c>
       <c r="C50" s="28" t="s">
         <v>193</v>
       </c>
       <c r="D50" s="28" t="s">
         <v>194</v>
       </c>
       <c r="E50" s="28" t="s">
         <v>21</v>
       </c>
       <c r="F50" s="28" t="s">
         <v>195</v>
       </c>
       <c r="G50" s="28" t="s">
         <v>72</v>
       </c>
       <c r="H50" s="28" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="I50" s="28" t="s">
         <v>196</v>
       </c>
       <c r="J50" s="28" t="s">
         <v>45</v>
       </c>
       <c r="K50" s="28" t="s">
         <v>197</v>
       </c>
       <c r="L50" s="28" t="s">
         <v>188</v>
       </c>
       <c r="M50" s="7">
         <v>1</v>
       </c>
       <c r="N50" s="6">
         <v>1</v>
       </c>
       <c r="O50" s="6">
         <v>1</v>
       </c>
       <c r="P50" s="6">
         <v>1</v>
       </c>
@@ -5508,166 +5497,166 @@
       </c>
     </row>
     <row r="51" spans="1:18" s="5" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="26" t="s">
         <v>380</v>
       </c>
       <c r="B51" s="28" t="s">
         <v>182</v>
       </c>
       <c r="C51" s="28" t="s">
         <v>198</v>
       </c>
       <c r="D51" s="28" t="s">
         <v>199</v>
       </c>
       <c r="E51" s="28" t="s">
         <v>21</v>
       </c>
       <c r="F51" s="28" t="s">
         <v>200</v>
       </c>
       <c r="G51" s="28" t="s">
         <v>42</v>
       </c>
       <c r="H51" s="28" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="I51" s="28" t="s">
         <v>201</v>
       </c>
       <c r="J51" s="28" t="s">
         <v>45</v>
       </c>
       <c r="K51" s="28" t="s">
         <v>202</v>
       </c>
       <c r="L51" s="28" t="s">
         <v>188</v>
       </c>
       <c r="M51" s="7" t="s">
         <v>37</v>
       </c>
       <c r="N51" s="6">
         <v>1</v>
       </c>
       <c r="O51" s="6">
         <v>1</v>
       </c>
       <c r="P51" s="6">
         <v>1</v>
       </c>
       <c r="Q51" s="6">
         <v>1</v>
       </c>
       <c r="R51" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:18" s="5" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="27" t="s">
         <v>140</v>
       </c>
       <c r="B52" s="28" t="s">
         <v>137</v>
       </c>
       <c r="C52" s="28" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="D52" s="28" t="s">
         <v>141</v>
       </c>
       <c r="E52" s="28" t="s">
         <v>142</v>
       </c>
       <c r="F52" s="28" t="s">
         <v>139</v>
       </c>
       <c r="G52" s="28" t="s">
         <v>42</v>
       </c>
       <c r="H52" s="28" t="s">
         <v>143</v>
       </c>
       <c r="I52" s="28" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="J52" s="28" t="s">
         <v>45</v>
       </c>
       <c r="K52" s="28" t="s">
         <v>144</v>
       </c>
       <c r="L52" s="28" t="s">
         <v>128</v>
       </c>
       <c r="M52" s="6">
         <v>0.1</v>
       </c>
       <c r="N52" s="6">
         <v>0.1</v>
       </c>
       <c r="O52" s="7">
         <v>0</v>
       </c>
       <c r="P52" s="7">
         <v>0</v>
       </c>
       <c r="Q52" s="7">
         <v>0</v>
       </c>
       <c r="R52" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="53" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="27" t="s">
         <v>145</v>
       </c>
       <c r="B53" s="28" t="s">
         <v>137</v>
       </c>
       <c r="C53" s="28" t="s">
+        <v>571</v>
+      </c>
+      <c r="D53" s="28" t="s">
         <v>572</v>
-      </c>
-[...1 lines deleted...]
-        <v>573</v>
       </c>
       <c r="E53" s="28" t="s">
         <v>146</v>
       </c>
       <c r="F53" s="28" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="G53" s="28" t="s">
         <v>72</v>
       </c>
       <c r="H53" s="28" t="s">
         <v>143</v>
       </c>
       <c r="I53" s="28" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="J53" s="28" t="s">
         <v>45</v>
       </c>
       <c r="K53" s="28" t="s">
         <v>147</v>
       </c>
       <c r="L53" s="28" t="s">
         <v>128</v>
       </c>
       <c r="M53" s="23">
         <v>0.69</v>
       </c>
       <c r="N53" s="6">
         <v>0.31</v>
       </c>
       <c r="O53" s="7">
         <v>0</v>
       </c>
       <c r="P53" s="7">
         <v>0</v>
       </c>
       <c r="Q53" s="7">
         <v>0</v>
       </c>
@@ -5776,66 +5765,66 @@
       </c>
       <c r="O55" s="6">
         <v>0.96</v>
       </c>
       <c r="P55" s="6">
         <v>0.96</v>
       </c>
       <c r="Q55" s="6">
         <v>0.96</v>
       </c>
       <c r="R55" s="6">
         <v>0.96</v>
       </c>
     </row>
     <row r="56" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="27" t="s">
         <v>159</v>
       </c>
       <c r="B56" s="28" t="s">
         <v>137</v>
       </c>
       <c r="C56" s="28" t="s">
         <v>160</v>
       </c>
       <c r="D56" s="28" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="E56" s="28" t="s">
         <v>146</v>
       </c>
       <c r="F56" s="28" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="G56" s="28" t="s">
         <v>42</v>
       </c>
       <c r="H56" s="28" t="s">
+        <v>577</v>
+      </c>
+      <c r="I56" s="28" t="s">
         <v>578</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
       <c r="J56" s="28" t="s">
         <v>45</v>
       </c>
       <c r="K56" s="28" t="s">
         <v>104</v>
       </c>
       <c r="L56" s="28" t="s">
         <v>128</v>
       </c>
       <c r="M56" s="7" t="s">
         <v>37</v>
       </c>
       <c r="N56" s="6">
         <v>1</v>
       </c>
       <c r="O56" s="6">
         <v>0</v>
       </c>
       <c r="P56" s="6">
         <v>0.2</v>
       </c>
       <c r="Q56" s="6">
         <v>0.3</v>
       </c>
@@ -5844,51 +5833,51 @@
       </c>
     </row>
     <row r="57" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="27" t="s">
         <v>164</v>
       </c>
       <c r="B57" s="28" t="s">
         <v>137</v>
       </c>
       <c r="C57" s="28" t="s">
         <v>165</v>
       </c>
       <c r="D57" s="28" t="s">
         <v>166</v>
       </c>
       <c r="E57" s="28" t="s">
         <v>146</v>
       </c>
       <c r="F57" s="28" t="s">
         <v>167</v>
       </c>
       <c r="G57" s="28" t="s">
         <v>42</v>
       </c>
       <c r="H57" s="28" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="I57" s="28" t="s">
         <v>168</v>
       </c>
       <c r="J57" s="28" t="s">
         <v>169</v>
       </c>
       <c r="K57" s="28" t="s">
         <v>170</v>
       </c>
       <c r="L57" s="28" t="s">
         <v>128</v>
       </c>
       <c r="M57" s="7" t="s">
         <v>37</v>
       </c>
       <c r="N57" s="6">
         <v>0.3</v>
       </c>
       <c r="O57" s="6">
         <v>0</v>
       </c>
       <c r="P57" s="6">
         <v>0</v>
       </c>
@@ -6047,290 +6036,290 @@
       </c>
       <c r="L60" s="28" t="s">
         <v>105</v>
       </c>
       <c r="M60" s="6">
         <v>1</v>
       </c>
       <c r="N60" s="6">
         <v>1</v>
       </c>
       <c r="O60" s="6">
         <v>0</v>
       </c>
       <c r="P60" s="6">
         <v>0</v>
       </c>
       <c r="Q60" s="6">
         <v>0.4</v>
       </c>
       <c r="R60" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="61" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="27" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="B61" s="28" t="s">
         <v>137</v>
       </c>
       <c r="C61" s="28" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D61" s="28" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="E61" s="28" t="s">
         <v>146</v>
       </c>
       <c r="F61" s="28" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="G61" s="28" t="s">
         <v>42</v>
       </c>
       <c r="H61" s="35" t="s">
         <v>151</v>
       </c>
       <c r="I61" s="28" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="J61" s="28" t="s">
         <v>45</v>
       </c>
       <c r="K61" s="28" t="s">
         <v>104</v>
       </c>
       <c r="L61" s="28" t="s">
         <v>105</v>
       </c>
       <c r="M61" s="7">
         <v>0</v>
       </c>
       <c r="N61" s="6">
         <v>1</v>
       </c>
       <c r="O61" s="6">
         <v>0</v>
       </c>
       <c r="P61" s="6">
         <v>0.3</v>
       </c>
       <c r="Q61" s="6">
         <v>0.3</v>
       </c>
       <c r="R61" s="6">
         <v>0.4</v>
       </c>
     </row>
     <row r="62" spans="1:18" s="29" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="27" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="B62" s="26" t="s">
         <v>137</v>
       </c>
       <c r="C62" s="26" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="D62" s="26" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="E62" s="26" t="s">
         <v>146</v>
       </c>
       <c r="F62" s="26" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="G62" s="26" t="s">
         <v>42</v>
       </c>
       <c r="H62" s="36" t="s">
         <v>161</v>
       </c>
       <c r="I62" s="26" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="J62" s="26" t="s">
         <v>45</v>
       </c>
       <c r="K62" s="26" t="s">
         <v>104</v>
       </c>
       <c r="L62" s="26" t="s">
         <v>105</v>
       </c>
       <c r="M62" s="7">
         <v>0</v>
       </c>
       <c r="N62" s="6">
         <v>1</v>
       </c>
       <c r="O62" s="6">
         <v>0</v>
       </c>
       <c r="P62" s="6">
         <v>0</v>
       </c>
       <c r="Q62" s="6">
         <v>0.5</v>
       </c>
       <c r="R62" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="63" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="27" t="s">
         <v>381</v>
       </c>
       <c r="B63" s="28" t="s">
         <v>301</v>
       </c>
       <c r="C63" s="28" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="D63" s="28" t="s">
         <v>302</v>
       </c>
       <c r="E63" s="28" t="s">
         <v>303</v>
       </c>
       <c r="F63" s="28" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="G63" s="28" t="s">
         <v>42</v>
       </c>
       <c r="H63" s="28" t="s">
         <v>304</v>
       </c>
       <c r="I63" s="28" t="s">
         <v>424</v>
       </c>
       <c r="J63" s="28" t="s">
         <v>45</v>
       </c>
       <c r="K63" s="28" t="s">
         <v>305</v>
       </c>
       <c r="L63" s="28" t="s">
         <v>128</v>
       </c>
       <c r="M63" s="7">
         <v>16</v>
       </c>
       <c r="N63" s="7">
         <v>11</v>
       </c>
       <c r="O63" s="7">
         <v>1</v>
       </c>
       <c r="P63" s="7">
         <v>0</v>
       </c>
       <c r="Q63" s="7">
         <v>0</v>
       </c>
       <c r="R63" s="7">
         <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="26" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="B64" s="28" t="s">
         <v>301</v>
       </c>
       <c r="C64" s="28" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="D64" s="28" t="s">
         <v>306</v>
       </c>
       <c r="E64" s="28" t="s">
         <v>307</v>
       </c>
       <c r="F64" s="28" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="G64" s="28" t="s">
         <v>42</v>
       </c>
       <c r="H64" s="28" t="s">
         <v>308</v>
       </c>
       <c r="I64" s="28" t="s">
         <v>425</v>
       </c>
       <c r="J64" s="28" t="s">
         <v>45</v>
       </c>
       <c r="K64" s="28" t="s">
         <v>309</v>
       </c>
       <c r="L64" s="28" t="s">
         <v>128</v>
       </c>
       <c r="M64" s="7" t="s">
         <v>37</v>
       </c>
       <c r="N64" s="7">
         <v>1</v>
       </c>
       <c r="O64" s="7">
         <v>0</v>
       </c>
       <c r="P64" s="7">
         <v>0</v>
       </c>
       <c r="Q64" s="7">
         <v>0</v>
       </c>
       <c r="R64" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="26" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="B65" s="28" t="s">
         <v>301</v>
       </c>
       <c r="C65" s="28" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="D65" s="28" t="s">
         <v>310</v>
       </c>
       <c r="E65" s="28" t="s">
         <v>303</v>
       </c>
       <c r="F65" s="28" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="G65" s="28" t="s">
         <v>23</v>
       </c>
       <c r="H65" s="28" t="s">
         <v>311</v>
       </c>
       <c r="I65" s="28" t="s">
         <v>312</v>
       </c>
       <c r="J65" s="28" t="s">
         <v>45</v>
       </c>
       <c r="K65" s="28" t="s">
         <v>313</v>
       </c>
       <c r="L65" s="28" t="s">
         <v>128</v>
       </c>
       <c r="M65" s="7" t="s">
         <v>37</v>
       </c>
       <c r="N65" s="10">
         <v>1</v>
       </c>
@@ -6734,66 +6723,66 @@
       </c>
       <c r="Q72" s="7" t="s">
         <v>37</v>
       </c>
       <c r="R72" s="7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="73" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="27" t="s">
         <v>390</v>
       </c>
       <c r="B73" s="28" t="s">
         <v>346</v>
       </c>
       <c r="C73" s="28" t="s">
         <v>347</v>
       </c>
       <c r="D73" s="28" t="s">
         <v>348</v>
       </c>
       <c r="E73" s="28" t="s">
         <v>142</v>
       </c>
       <c r="F73" s="28" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="G73" s="28" t="s">
         <v>42</v>
       </c>
       <c r="H73" s="28" t="s">
         <v>349</v>
       </c>
       <c r="I73" s="28" t="s">
         <v>431</v>
       </c>
       <c r="J73" s="28" t="s">
         <v>26</v>
       </c>
       <c r="K73" s="28" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="L73" s="28" t="s">
         <v>128</v>
       </c>
       <c r="M73" s="6">
         <v>0.5</v>
       </c>
       <c r="N73" s="6">
         <v>1</v>
       </c>
       <c r="O73" s="6">
         <v>0</v>
       </c>
       <c r="P73" s="6">
         <v>0.5</v>
       </c>
       <c r="Q73" s="6">
         <v>0.5</v>
       </c>
       <c r="R73" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="27" t="s">
@@ -7055,51 +7044,51 @@
       </c>
       <c r="L78" s="28" t="s">
         <v>359</v>
       </c>
       <c r="M78" s="10">
         <v>1</v>
       </c>
       <c r="N78" s="6">
         <v>1</v>
       </c>
       <c r="O78" s="6">
         <v>0.25</v>
       </c>
       <c r="P78" s="6">
         <v>0.25</v>
       </c>
       <c r="Q78" s="6">
         <v>0.25</v>
       </c>
       <c r="R78" s="6">
         <v>0.25</v>
       </c>
     </row>
     <row r="79" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A79" s="27" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="B79" s="28" t="s">
         <v>346</v>
       </c>
       <c r="C79" s="28" t="s">
         <v>435</v>
       </c>
       <c r="D79" s="28" t="s">
         <v>432</v>
       </c>
       <c r="E79" s="28" t="s">
         <v>142</v>
       </c>
       <c r="F79" s="28" t="s">
         <v>436</v>
       </c>
       <c r="G79" s="28" t="s">
         <v>90</v>
       </c>
       <c r="H79" s="28" t="s">
         <v>437</v>
       </c>
       <c r="I79" s="28" t="s">
         <v>438</v>
       </c>
@@ -7111,107 +7100,107 @@
       </c>
       <c r="L79" s="28" t="s">
         <v>36</v>
       </c>
       <c r="M79" s="4">
         <v>0</v>
       </c>
       <c r="N79" s="4">
         <v>1</v>
       </c>
       <c r="O79" s="4">
         <v>0</v>
       </c>
       <c r="P79" s="4">
         <v>0</v>
       </c>
       <c r="Q79" s="4">
         <v>1</v>
       </c>
       <c r="R79" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="27" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="B80" s="28" t="s">
         <v>346</v>
       </c>
       <c r="C80" s="37" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="D80" s="37" t="s">
         <v>450</v>
       </c>
       <c r="E80" s="28" t="s">
         <v>142</v>
       </c>
       <c r="F80" s="28" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="G80" s="28" t="s">
         <v>90</v>
       </c>
       <c r="H80" s="28" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="I80" s="37" t="s">
         <v>451</v>
       </c>
       <c r="J80" s="28" t="s">
         <v>26</v>
       </c>
       <c r="K80" s="28" t="s">
         <v>439</v>
       </c>
       <c r="L80" s="28" t="s">
         <v>36</v>
       </c>
       <c r="M80" s="22">
         <v>0</v>
       </c>
       <c r="N80" s="22">
         <v>1</v>
       </c>
       <c r="O80" s="22">
         <v>0</v>
       </c>
       <c r="P80" s="22">
         <v>0</v>
       </c>
       <c r="Q80" s="22">
         <v>1</v>
       </c>
       <c r="R80" s="22">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:18" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="27" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="B81" s="28" t="s">
         <v>346</v>
       </c>
       <c r="C81" s="37" t="s">
         <v>452</v>
       </c>
       <c r="D81" s="37" t="s">
         <v>453</v>
       </c>
       <c r="E81" s="28" t="s">
         <v>142</v>
       </c>
       <c r="F81" s="28" t="s">
         <v>454</v>
       </c>
       <c r="G81" s="28" t="s">
         <v>42</v>
       </c>
       <c r="H81" s="28" t="s">
         <v>437</v>
       </c>
       <c r="I81" s="28" t="s">
         <v>455</v>
       </c>
@@ -7359,351 +7348,351 @@
         <v>466</v>
       </c>
       <c r="B5" s="20" t="s">
         <v>470</v>
       </c>
       <c r="C5" s="20" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="14" t="s">
         <v>472</v>
       </c>
       <c r="B6" s="20" t="s">
         <v>483</v>
       </c>
       <c r="C6" s="20" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="14" t="s">
         <v>136</v>
       </c>
       <c r="B7" s="20" t="s">
+        <v>495</v>
+      </c>
+      <c r="C7" s="20" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="14" t="s">
         <v>159</v>
       </c>
       <c r="B8" s="20" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="C8" s="20" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="14" t="s">
         <v>162</v>
       </c>
       <c r="B9" s="20" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="C9" s="20" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="14" t="s">
         <v>163</v>
       </c>
       <c r="B10" s="20" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="C10" s="20" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="14" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="B11" s="20" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="C11" s="20" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="14" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="B12" s="20" t="s">
+        <v>503</v>
+      </c>
+      <c r="C12" s="20" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="14" t="s">
         <v>140</v>
       </c>
       <c r="B13" s="20" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="C13" s="20" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="14" t="s">
         <v>145</v>
       </c>
       <c r="B14" s="20" t="s">
+        <v>509</v>
+      </c>
+      <c r="C14" s="20" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="14" t="s">
         <v>171</v>
       </c>
       <c r="B15" s="20" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="C15" s="20" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="14" t="s">
         <v>381</v>
       </c>
       <c r="B16" s="20" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="C16" s="20" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="14" t="s">
         <v>385</v>
       </c>
       <c r="B17" s="20" t="s">
+        <v>513</v>
+      </c>
+      <c r="C17" s="20" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="14" t="s">
         <v>386</v>
       </c>
       <c r="B18" s="20" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="C18" s="20" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="14" t="s">
         <v>283</v>
       </c>
       <c r="B19" s="20" t="s">
+        <v>519</v>
+      </c>
+      <c r="C19" s="20" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="14" t="s">
         <v>291</v>
       </c>
       <c r="B20" s="20" t="s">
+        <v>521</v>
+      </c>
+      <c r="C20" s="20" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="14" t="s">
         <v>293</v>
       </c>
       <c r="B21" s="20" t="s">
+        <v>517</v>
+      </c>
+      <c r="C21" s="20" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="14" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="B22" s="20" t="s">
+        <v>525</v>
+      </c>
+      <c r="C22" s="20" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="14" t="s">
         <v>412</v>
       </c>
       <c r="B23" s="20" t="s">
+        <v>530</v>
+      </c>
+      <c r="C23" s="20" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="14" t="s">
         <v>413</v>
       </c>
       <c r="B24" s="20" t="s">
+        <v>532</v>
+      </c>
+      <c r="C24" s="20" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="14" t="s">
         <v>373</v>
       </c>
       <c r="B25" s="20" t="s">
+        <v>547</v>
+      </c>
+      <c r="C25" s="20" t="s">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="14" t="s">
         <v>389</v>
       </c>
       <c r="B26" s="20" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="C26" s="20" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="14" t="s">
         <v>390</v>
       </c>
       <c r="B27" s="20" t="s">
+        <v>551</v>
+      </c>
+      <c r="C27" s="20" t="s">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="14" t="s">
         <v>391</v>
       </c>
       <c r="B28" s="20" t="s">
+        <v>553</v>
+      </c>
+      <c r="C28" s="20" t="s">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="14" t="s">
         <v>392</v>
       </c>
       <c r="B29" s="20" t="s">
+        <v>555</v>
+      </c>
+      <c r="C29" s="20" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="14" t="s">
         <v>419</v>
       </c>
       <c r="B30" s="20" t="s">
+        <v>557</v>
+      </c>
+      <c r="C30" s="20" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="14" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="B31" s="20" t="s">
+        <v>562</v>
+      </c>
+      <c r="C31" s="20" t="s">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="14" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="B32" s="20" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="C32" s="20" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="14" t="s">
+        <v>561</v>
+      </c>
+      <c r="B33" s="20" t="s">
         <v>562</v>
       </c>
-      <c r="B33" s="20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="20" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="14" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="B34" s="20" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="C34" s="20" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <conditionalFormatting sqref="A3:A5">
     <cfRule type="duplicateValues" dxfId="4" priority="17"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A6:A34">
     <cfRule type="duplicateValues" dxfId="3" priority="15"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A8">
     <cfRule type="duplicateValues" dxfId="2" priority="14"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A9:A34">
     <cfRule type="duplicateValues" dxfId="1" priority="13"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="A11:A34">
     <cfRule type="duplicateValues" dxfId="0" priority="11"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 